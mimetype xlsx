--- v0 (2026-01-02)
+++ v1 (2026-03-28)
@@ -1,3003 +1,3921 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28429"/>
-  <workbookPr defaultThemeVersion="124226"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Groups\CARD\AEO\Magda\Current projects\Visualizations\Non-Stop Destinations\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Groups\CARD\AEO\Magda\Current projects\Visualizations\Maps\Non-Stop Destinations\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0ECC3A68-923D-423A-A30B-59C19B592883}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B51E1350-284A-49B2-ABB4-4A1C00640987}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-57720" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{A2975C57-04DC-47E3-9574-32AE150A7157}"/>
   </bookViews>
   <sheets>
-    <sheet name="Data" sheetId="10" r:id="rId1"/>
+    <sheet name="Data" sheetId="2" r:id="rId1"/>
+    <sheet name="Source" sheetId="3" r:id="rId2"/>
   </sheets>
-  <definedNames>
-[...2 lines deleted...]
-  <calcPr calcId="152511"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="478" uniqueCount="227">
-[...673 lines deleted...]
-    <t>Geography</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="507" uniqueCount="342">
+  <si>
+    <t>Minneapolis-St. Paul International Airport (MSP) - 2026 Nonstop Destinations</t>
+  </si>
+  <si>
+    <t>International</t>
+  </si>
+  <si>
+    <t>AMS</t>
+  </si>
+  <si>
+    <t>Amsterdam, NL</t>
+  </si>
+  <si>
+    <t>AUA</t>
+  </si>
+  <si>
+    <t>BZE</t>
+  </si>
+  <si>
+    <t>CDG</t>
+  </si>
+  <si>
+    <t>Paris-De Gaulle, FR</t>
+  </si>
+  <si>
+    <t>CPH</t>
+  </si>
+  <si>
+    <t>CUN</t>
+  </si>
+  <si>
+    <t>Cancun, MX</t>
+  </si>
+  <si>
+    <t>CZM</t>
+  </si>
+  <si>
+    <t>DUB</t>
+  </si>
+  <si>
+    <t>Dublin, IR</t>
+  </si>
+  <si>
+    <t>FCO</t>
+  </si>
+  <si>
+    <t>FRA</t>
+  </si>
+  <si>
+    <t>GCM</t>
+  </si>
+  <si>
+    <t>HND</t>
+  </si>
+  <si>
+    <t>Tokyo-Haneda, JP</t>
+  </si>
+  <si>
+    <t>ICN</t>
+  </si>
+  <si>
+    <t>Seoul, SK</t>
+  </si>
+  <si>
+    <t>KEF</t>
+  </si>
+  <si>
+    <t>Reykjavik, IS</t>
+  </si>
+  <si>
+    <t>LHR</t>
+  </si>
+  <si>
+    <t>London, EN, GB</t>
+  </si>
+  <si>
+    <t>LIR</t>
+  </si>
+  <si>
+    <t>MBJ</t>
+  </si>
+  <si>
+    <t>MEX</t>
+  </si>
+  <si>
+    <t>Mexico City, MX</t>
+  </si>
+  <si>
+    <t>MZT</t>
+  </si>
+  <si>
+    <t>NAS</t>
+  </si>
+  <si>
+    <t>PLS</t>
+  </si>
+  <si>
+    <t>PUJ</t>
+  </si>
+  <si>
+    <t>PVR</t>
+  </si>
+  <si>
+    <t>RTB</t>
+  </si>
+  <si>
+    <t>SJD</t>
+  </si>
+  <si>
+    <t>SXM</t>
+  </si>
+  <si>
+    <t>YEG</t>
+  </si>
+  <si>
+    <t>Edmonton, AB, CA</t>
+  </si>
+  <si>
+    <t>YQR</t>
+  </si>
+  <si>
+    <t>Regina, SK, CA</t>
+  </si>
+  <si>
+    <t>YUL</t>
+  </si>
+  <si>
+    <t>Montreal, QC, CA</t>
+  </si>
+  <si>
+    <t>YVR</t>
+  </si>
+  <si>
+    <t>Vancouver, BC</t>
+  </si>
+  <si>
+    <t>YWG</t>
+  </si>
+  <si>
+    <t>Winnipeg, MB, CA</t>
+  </si>
+  <si>
+    <t>YXE</t>
+  </si>
+  <si>
+    <t>Saskatoon, SK, CA</t>
+  </si>
+  <si>
+    <t>YYC</t>
+  </si>
+  <si>
+    <t>Calgary, AB, CA</t>
+  </si>
+  <si>
+    <t>YYZ</t>
+  </si>
+  <si>
+    <t>Toronto,ON, CA</t>
+  </si>
+  <si>
+    <t>ZIH</t>
   </si>
   <si>
     <t>Domestic</t>
   </si>
   <si>
-    <t>International</t>
+    <t>ABQ</t>
+  </si>
+  <si>
+    <t>Albuquerque, NM, US</t>
+  </si>
+  <si>
+    <t>GEG</t>
+  </si>
+  <si>
+    <t>Spokane, WA, US</t>
+  </si>
+  <si>
+    <t>PHX</t>
+  </si>
+  <si>
+    <t>Phoenix, AZ, US</t>
+  </si>
+  <si>
+    <t>ABR</t>
+  </si>
+  <si>
+    <t>Aberdeen, SD, US</t>
+  </si>
+  <si>
+    <t>GFK</t>
+  </si>
+  <si>
+    <t>Grand Forks, ND, US</t>
+  </si>
+  <si>
+    <t>PIE</t>
+  </si>
+  <si>
+    <t>ANC</t>
+  </si>
+  <si>
+    <t>Anchorage, AK, US</t>
+  </si>
+  <si>
+    <t>GPT</t>
+  </si>
+  <si>
+    <t>PIT</t>
+  </si>
+  <si>
+    <t>Pittsburgh, PA, US</t>
+  </si>
+  <si>
+    <t>ATL</t>
+  </si>
+  <si>
+    <t>Atlanta, GA, US</t>
+  </si>
+  <si>
+    <t>GRB</t>
+  </si>
+  <si>
+    <t>Green Bay, WI, US</t>
+  </si>
+  <si>
+    <t>PSC</t>
+  </si>
+  <si>
+    <t>Pasco, WA, US</t>
+  </si>
+  <si>
+    <t>ATW</t>
+  </si>
+  <si>
+    <t>Appleton, WI, US</t>
+  </si>
+  <si>
+    <t>GRR</t>
+  </si>
+  <si>
+    <t>Grand Rapids, MI, US</t>
+  </si>
+  <si>
+    <t>PSP</t>
+  </si>
+  <si>
+    <t>ATY</t>
+  </si>
+  <si>
+    <t>Watertown, SD, US</t>
+  </si>
+  <si>
+    <t>HDN</t>
+  </si>
+  <si>
+    <t>PVD</t>
+  </si>
+  <si>
+    <t>AUS</t>
+  </si>
+  <si>
+    <t>Austin, TX, US</t>
+  </si>
+  <si>
+    <t>HIB</t>
+  </si>
+  <si>
+    <t>Hibbing/Chisholm, MN, US</t>
+  </si>
+  <si>
+    <t>PWM</t>
+  </si>
+  <si>
+    <t>AVL</t>
+  </si>
+  <si>
+    <t>Asheville/Hendersonville, NC, US*</t>
+  </si>
+  <si>
+    <t>HNL</t>
+  </si>
+  <si>
+    <t>Honolulu/Oahu, HI, US</t>
+  </si>
+  <si>
+    <t>RAP</t>
+  </si>
+  <si>
+    <t>Rapid City, SD, US</t>
+  </si>
+  <si>
+    <t>AZA</t>
+  </si>
+  <si>
+    <t>HOU</t>
+  </si>
+  <si>
+    <t>RDU</t>
+  </si>
+  <si>
+    <t>Raleigh/Durham, NC, US</t>
+  </si>
+  <si>
+    <t>BDL</t>
+  </si>
+  <si>
+    <t>Hartford, CT, US</t>
+  </si>
+  <si>
+    <t>HPN</t>
+  </si>
+  <si>
+    <t>White Plains, NY, US</t>
+  </si>
+  <si>
+    <t>RHI</t>
+  </si>
+  <si>
+    <t>Rhinelander, WI, US</t>
+  </si>
+  <si>
+    <t>BIL</t>
+  </si>
+  <si>
+    <t>Billings, MT, US</t>
+  </si>
+  <si>
+    <t>HRL</t>
+  </si>
+  <si>
+    <t>RIC</t>
+  </si>
+  <si>
+    <t>Richmond, VA, US</t>
+  </si>
+  <si>
+    <t>BIS</t>
+  </si>
+  <si>
+    <t>Bismarck, ND, US</t>
+  </si>
+  <si>
+    <t>IAD</t>
+  </si>
+  <si>
+    <t>Washington-Dulles, VA, US</t>
+  </si>
+  <si>
+    <t>RNO</t>
+  </si>
+  <si>
+    <t>BJI</t>
+  </si>
+  <si>
+    <t>Bemidji, MN, US</t>
+  </si>
+  <si>
+    <t>IAH</t>
+  </si>
+  <si>
+    <t>Houston-Intercontinental, TX, US</t>
+  </si>
+  <si>
+    <t>RST</t>
+  </si>
+  <si>
+    <t>Rochester, MN, US</t>
+  </si>
+  <si>
+    <t>BNA</t>
+  </si>
+  <si>
+    <t>Nashville, TN, US</t>
+  </si>
+  <si>
+    <t>ICT</t>
+  </si>
+  <si>
+    <t>Wichita, KS, US</t>
+  </si>
+  <si>
+    <t>RSW</t>
+  </si>
+  <si>
+    <t>Fort Myers, FL, US</t>
+  </si>
+  <si>
+    <t>BOI</t>
+  </si>
+  <si>
+    <t>Boise, ID, US</t>
+  </si>
+  <si>
+    <t>IMT</t>
+  </si>
+  <si>
+    <t>Iron Mountain/Kingsfd, MI, US</t>
+  </si>
+  <si>
+    <t>SAN</t>
+  </si>
+  <si>
+    <t>San Diego, CA, US</t>
+  </si>
+  <si>
+    <t>BOS</t>
+  </si>
+  <si>
+    <t>Boston, MA, US</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indianapolis, IN, US</t>
+  </si>
+  <si>
+    <t>SAT</t>
+  </si>
+  <si>
+    <t>San Antonio, TX, US</t>
+  </si>
+  <si>
+    <t>BRD</t>
+  </si>
+  <si>
+    <t>Brainerd, MN, US</t>
+  </si>
+  <si>
+    <t>INL</t>
+  </si>
+  <si>
+    <t>International Falls, MN, US</t>
+  </si>
+  <si>
+    <t>SAV</t>
+  </si>
+  <si>
+    <t>BTV</t>
+  </si>
+  <si>
+    <t>ILM</t>
+  </si>
+  <si>
+    <t>SBN</t>
+  </si>
+  <si>
+    <t>South Bend, IN, US</t>
+  </si>
+  <si>
+    <t>BUF</t>
+  </si>
+  <si>
+    <t>Buffalo, NY, US</t>
+  </si>
+  <si>
+    <t>IWD</t>
+  </si>
+  <si>
+    <t>Ironwood, MI, US</t>
+  </si>
+  <si>
+    <t>SDF</t>
+  </si>
+  <si>
+    <t>Louisville, KY, US</t>
+  </si>
+  <si>
+    <t>BWI</t>
+  </si>
+  <si>
+    <t>Baltimore, MD, US</t>
+  </si>
+  <si>
+    <t>JAC</t>
+  </si>
+  <si>
+    <t>SEA</t>
+  </si>
+  <si>
+    <t>Seattle, WA, US</t>
+  </si>
+  <si>
+    <t>BZN</t>
+  </si>
+  <si>
+    <t>Bozeman, MT, US</t>
+  </si>
+  <si>
+    <t>JAX</t>
+  </si>
+  <si>
+    <t>Jacksonville, FL, US</t>
+  </si>
+  <si>
+    <t>SFO</t>
+  </si>
+  <si>
+    <t>San Francisco, CA, US</t>
+  </si>
+  <si>
+    <t>CHS</t>
+  </si>
+  <si>
+    <t>Charleston, SC, US*</t>
+  </si>
+  <si>
+    <t>JFK</t>
+  </si>
+  <si>
+    <t>New York-JFK, NY, US</t>
+  </si>
+  <si>
+    <t>SJC</t>
+  </si>
+  <si>
+    <t>San Jose, CA, US</t>
+  </si>
+  <si>
+    <t>CID</t>
+  </si>
+  <si>
+    <t>Cedar Rapids, IA, US</t>
+  </si>
+  <si>
+    <t>LAS</t>
+  </si>
+  <si>
+    <t>Las Vegas, NV, US</t>
+  </si>
+  <si>
+    <t>SJU</t>
+  </si>
+  <si>
+    <t>San Juan, PR, US</t>
+  </si>
+  <si>
+    <t>CIU</t>
+  </si>
+  <si>
+    <t>Sault Ste. Marie, MI, US</t>
+  </si>
+  <si>
+    <t>LAX</t>
+  </si>
+  <si>
+    <t>Los Angeles, CA, US</t>
+  </si>
+  <si>
+    <t>SLC</t>
+  </si>
+  <si>
+    <t>Salt Lake City, UT, US</t>
+  </si>
+  <si>
+    <t>CLE</t>
+  </si>
+  <si>
+    <t>Cleveland, OH, US</t>
+  </si>
+  <si>
+    <t>LGA</t>
+  </si>
+  <si>
+    <t>New York-La Guardia, NY, US</t>
+  </si>
+  <si>
+    <t>SMF</t>
+  </si>
+  <si>
+    <t>Sacramento, CA, US</t>
+  </si>
+  <si>
+    <t>CLT</t>
+  </si>
+  <si>
+    <t>Charlotte-Douglas, NC, US</t>
+  </si>
+  <si>
+    <t>SNA</t>
+  </si>
+  <si>
+    <t>Orange County, CA, US</t>
+  </si>
+  <si>
+    <t>CMH</t>
+  </si>
+  <si>
+    <t>Columbus, OH, US</t>
+  </si>
+  <si>
+    <t>MCI</t>
+  </si>
+  <si>
+    <t>Kansas City, MO, US</t>
+  </si>
+  <si>
+    <t>SRQ</t>
+  </si>
+  <si>
+    <t>COS</t>
+  </si>
+  <si>
+    <t>MCO</t>
+  </si>
+  <si>
+    <t>Orlando, FL, US</t>
+  </si>
+  <si>
+    <t>STL</t>
+  </si>
+  <si>
+    <t>St. Louis, MO, US</t>
+  </si>
+  <si>
+    <t>CVG</t>
+  </si>
+  <si>
+    <t>Cincinnati, OH/Covington, KY, US</t>
+  </si>
+  <si>
+    <t>MDW</t>
+  </si>
+  <si>
+    <t>Chicago-Midway, IL, US</t>
+  </si>
+  <si>
+    <t>STT</t>
+  </si>
+  <si>
+    <t>CWA</t>
+  </si>
+  <si>
+    <t>Wausau, WI, US</t>
+  </si>
+  <si>
+    <t>MEM</t>
+  </si>
+  <si>
+    <t>Memphis, TN, US</t>
+  </si>
+  <si>
+    <t>SYR</t>
+  </si>
+  <si>
+    <t>Syracuse, NY, US</t>
+  </si>
+  <si>
+    <t>DAL</t>
+  </si>
+  <si>
+    <t>MIA</t>
+  </si>
+  <si>
+    <t>Miami, FL, US</t>
+  </si>
+  <si>
+    <t>TPA</t>
+  </si>
+  <si>
+    <t>Tampa, FL, US</t>
+  </si>
+  <si>
+    <t>DCA</t>
+  </si>
+  <si>
+    <t>Washington-National, DC, US</t>
+  </si>
+  <si>
+    <t>MKE</t>
+  </si>
+  <si>
+    <t>Milwaukee, WI, US</t>
+  </si>
+  <si>
+    <t>TUL</t>
+  </si>
+  <si>
+    <t>DEN</t>
+  </si>
+  <si>
+    <t>Denver, CO, US</t>
+  </si>
+  <si>
+    <t>MOT</t>
+  </si>
+  <si>
+    <t>Minot, ND, US</t>
+  </si>
+  <si>
+    <t>TUS</t>
+  </si>
+  <si>
+    <t>Tucson, AZ, US*</t>
+  </si>
+  <si>
+    <t>DFW</t>
+  </si>
+  <si>
+    <t>Dallas/Fort Worth, TX, US</t>
+  </si>
+  <si>
+    <t>MQT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marquette, MI, US </t>
+  </si>
+  <si>
+    <t>TVC</t>
+  </si>
+  <si>
+    <t>DLH</t>
+  </si>
+  <si>
+    <t>Duluth, MN, US</t>
+  </si>
+  <si>
+    <t>MSN</t>
+  </si>
+  <si>
+    <t>Madison, WI, US</t>
+  </si>
+  <si>
+    <t>TVF</t>
+  </si>
+  <si>
+    <t>Thief River Falls, MN, US</t>
+  </si>
+  <si>
+    <t>DSM</t>
+  </si>
+  <si>
+    <t>Des Moines, IA, US</t>
+  </si>
+  <si>
+    <t>MSO</t>
+  </si>
+  <si>
+    <t>Missoula, MT, US</t>
+  </si>
+  <si>
+    <t>TYS</t>
+  </si>
+  <si>
+    <t>Knoxville, TN, US</t>
+  </si>
+  <si>
+    <t>DTW</t>
+  </si>
+  <si>
+    <t>Detroit, MI, US</t>
+  </si>
+  <si>
+    <t>MSY</t>
+  </si>
+  <si>
+    <t>New Orleans, LA, US</t>
+  </si>
+  <si>
+    <t>VPS</t>
+  </si>
+  <si>
+    <t>EGE</t>
+  </si>
+  <si>
+    <t>MYR</t>
+  </si>
+  <si>
+    <t>XNA</t>
+  </si>
+  <si>
+    <t>Fayetteville/Springd., AR, US</t>
+  </si>
+  <si>
+    <t>ESC</t>
+  </si>
+  <si>
+    <t>Escanaba, MI, US</t>
+  </si>
+  <si>
+    <t>OKC</t>
+  </si>
+  <si>
+    <t>Oklahoma City, OK, US</t>
+  </si>
+  <si>
+    <t>XWA</t>
+  </si>
+  <si>
+    <t>Williston, ND, US</t>
+  </si>
+  <si>
+    <t>EWR</t>
+  </si>
+  <si>
+    <t>Newark, NJ, US</t>
+  </si>
+  <si>
+    <t>OMA</t>
+  </si>
+  <si>
+    <t>Omaha, NE, US</t>
+  </si>
+  <si>
+    <t>FAI</t>
+  </si>
+  <si>
+    <t>ORD</t>
+  </si>
+  <si>
+    <t>Chicago-O'Hare, IL, US</t>
+  </si>
+  <si>
+    <t>FAR</t>
+  </si>
+  <si>
+    <t>Fargo, ND, US</t>
+  </si>
+  <si>
+    <t>ORF</t>
+  </si>
+  <si>
+    <t>Norfolk, VA, US</t>
+  </si>
+  <si>
+    <t>FCA</t>
+  </si>
+  <si>
+    <t>Kalispell-Glacier, MT, US</t>
+  </si>
+  <si>
+    <t>PBI</t>
+  </si>
+  <si>
+    <t>FLL</t>
+  </si>
+  <si>
+    <t>Fort Lauderdale, FL, US</t>
+  </si>
+  <si>
+    <t>PDX</t>
+  </si>
+  <si>
+    <t>Portland, OR, US</t>
+  </si>
+  <si>
+    <t>FSD</t>
+  </si>
+  <si>
+    <t>Sioux Falls, SD, US</t>
+  </si>
+  <si>
+    <t>PGD</t>
+  </si>
+  <si>
+    <t>FWA</t>
+  </si>
+  <si>
+    <t>Fort Wayne, IN, US</t>
+  </si>
+  <si>
+    <t>PHL</t>
+  </si>
+  <si>
+    <t>Philadelphia, PA, US</t>
+  </si>
+  <si>
+    <t>LEX</t>
+  </si>
+  <si>
+    <t>OGG</t>
+  </si>
+  <si>
+    <t>Airport Code</t>
+  </si>
+  <si>
+    <t>Destination</t>
+  </si>
+  <si>
+    <t>Type of Destination</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Source: </t>
+  </si>
+  <si>
+    <t>Correspondence with the Metropolitan Airports Commission.</t>
+  </si>
+  <si>
+    <t>Aruba, AW</t>
+  </si>
+  <si>
+    <t>Belize City, BZ</t>
+  </si>
+  <si>
+    <t>Burlington, VT, US</t>
+  </si>
+  <si>
+    <t>Colorado Springs, CO, US</t>
+  </si>
+  <si>
+    <t>Copenhagen, DK</t>
+  </si>
+  <si>
+    <t>Cozumel, MX</t>
+  </si>
+  <si>
+    <t>Destin-Ft Walton Beach, FL, US</t>
+  </si>
+  <si>
+    <t>Dallas-Love, TX, US</t>
+  </si>
+  <si>
+    <t>Eagle County/Vail, CO</t>
+  </si>
+  <si>
+    <t>Fairbanks, AK, US</t>
+  </si>
+  <si>
+    <t>Frankfurt, DE</t>
+  </si>
+  <si>
+    <t>Grand Cayman, KY</t>
+  </si>
+  <si>
+    <t>Gulfport/Biloxi, MS, US</t>
+  </si>
+  <si>
+    <t>Harlingen, TX, US</t>
+  </si>
+  <si>
+    <t>Houston-Hobby, TX, US</t>
+  </si>
+  <si>
+    <t>Ixtapa/Zihuatanejo, MX</t>
+  </si>
+  <si>
+    <t>Jackson Hole, WY, US</t>
+  </si>
+  <si>
+    <t>Lexington, KY, US</t>
+  </si>
+  <si>
+    <t>Liberia, CR</t>
+  </si>
+  <si>
+    <t>Maui, HI, US</t>
+  </si>
+  <si>
+    <t>Mazatlan, MX</t>
+  </si>
+  <si>
+    <t>Montego Bay, JM</t>
+  </si>
+  <si>
+    <t>Myrtle Beach, SC, US</t>
+  </si>
+  <si>
+    <t>Nassau, BH</t>
+  </si>
+  <si>
+    <t>Palm Springs, CA, US</t>
+  </si>
+  <si>
+    <t>Phoenix-Mesa, AZ, US</t>
+  </si>
+  <si>
+    <t>Portland, ME, US</t>
+  </si>
+  <si>
+    <t>Providence, RI, US</t>
+  </si>
+  <si>
+    <t>Providenciales, TC</t>
+  </si>
+  <si>
+    <t>Puerto Vallarta, MX</t>
+  </si>
+  <si>
+    <t>Punta Cana, DO</t>
+  </si>
+  <si>
+    <t>Punta Gorda, FL, US</t>
+  </si>
+  <si>
+    <t>Reno, NV, US</t>
+  </si>
+  <si>
+    <t>Roatan, HN</t>
+  </si>
+  <si>
+    <t>Rome, IT</t>
+  </si>
+  <si>
+    <t>San Jose del Cabo, MX</t>
+  </si>
+  <si>
+    <t>Sarasota/Bradenton, FL, US</t>
+  </si>
+  <si>
+    <t>Savannah, GA, US</t>
+  </si>
+  <si>
+    <t>St. Maarten, SX</t>
+  </si>
+  <si>
+    <t>St. Petersburg, FL, US</t>
+  </si>
+  <si>
+    <t>St. Thomas Island, VI, US</t>
+  </si>
+  <si>
+    <t>Steamboat Springs, CO, US</t>
+  </si>
+  <si>
+    <t>Traverse City, MI, US</t>
+  </si>
+  <si>
+    <t>Tulsa, OK, US</t>
+  </si>
+  <si>
+    <t>West Palm Beach, FL, US</t>
+  </si>
+  <si>
+    <t>Wilmington, NC, US</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="14"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
       <sz val="11"/>
-      <name val="Calibri"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
-      <name val="Cambria"/>
+      <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
+    <font>
+      <sz val="14"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="2">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="1">
+  <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="17" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Title" xfId="1" builtinId="15"/>
   </cellStyles>
-  <dxfs count="4">
+  <dxfs count="7">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="11"/>
+        <sz val="10"/>
         <color auto="1"/>
-        <name val="Calibri"/>
+        <name val="Arial"/>
         <family val="2"/>
-        <scheme val="minor"/>
+        <scheme val="none"/>
       </font>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="11"/>
+        <sz val="10"/>
         <color auto="1"/>
-        <name val="Calibri"/>
+        <name val="Arial"/>
         <family val="2"/>
-        <scheme val="minor"/>
+        <scheme val="none"/>
       </font>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="11"/>
+        <sz val="10"/>
         <color auto="1"/>
-        <name val="Calibri"/>
+        <name val="Arial"/>
         <family val="2"/>
-        <scheme val="minor"/>
+        <scheme val="none"/>
       </font>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="11"/>
-[...1 lines deleted...]
-        <name val="Calibri"/>
+        <sz val="14"/>
+        <color theme="0"/>
+        <name val="Arial"/>
         <family val="2"/>
-        <scheme val="minor"/>
+        <scheme val="none"/>
       </font>
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{C80B5225-581A-41B9-8E63-186229DFD18A}" name="Table1" displayName="Table1" ref="A2:C160" totalsRowShown="0" headerRowDxfId="0">
-  <autoFilter ref="A2:C160" xr:uid="{C80B5225-581A-41B9-8E63-186229DFD18A}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{749162EA-D4CB-48DA-B117-416F93FCA716}" name="Table1" displayName="Table1" ref="A2:C169" totalsRowShown="0" headerRowDxfId="3" headerRowBorderDxfId="5" tableBorderDxfId="6" totalsRowBorderDxfId="4">
+  <autoFilter ref="A2:C169" xr:uid="{749162EA-D4CB-48DA-B117-416F93FCA716}"/>
   <tableColumns count="3">
-    <tableColumn id="1" xr3:uid="{20B072C4-C336-48E9-9A33-2C3AFFF4927B}" name="City" dataDxfId="3"/>
-[...1 lines deleted...]
-    <tableColumn id="3" xr3:uid="{697FB5CC-2D6A-4514-B27E-72479C3A7814}" name="Geography" dataDxfId="1"/>
+    <tableColumn id="1" xr3:uid="{77F29E30-AC54-42A4-8A54-C079808D5372}" name="Airport Code" dataDxfId="2"/>
+    <tableColumn id="2" xr3:uid="{A54B8C0C-C108-4FDB-B10B-75FA8BA0CD35}" name="Destination" dataDxfId="0"/>
+    <tableColumn id="3" xr3:uid="{3ABBFE5C-6456-4AFF-AC0F-3C4C4DE47F30}" name="Type of Destination" dataDxfId="1"/>
   </tableColumns>
-  <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="TableStyleLight8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2007 - 2010">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2007 - 2010">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2019E3D7-2906-4889-BCB5-B96842BD54F4}">
-  <dimension ref="A1:C160"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3205642E-6A6C-4497-A468-4E24A4285E9C}">
+  <dimension ref="A1:H169"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="K6" sqref="K6:K7"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B11" sqref="B11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="25.54296875" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="8.81640625" style="1"/>
+    <col min="1" max="1" width="23.85546875" customWidth="1"/>
+    <col min="2" max="2" width="34.140625" customWidth="1"/>
+    <col min="3" max="3" width="35.28515625" customWidth="1"/>
+    <col min="4" max="4" width="19.85546875" customWidth="1"/>
+    <col min="5" max="5" width="30.42578125" customWidth="1"/>
+    <col min="6" max="6" width="5.42578125" customWidth="1"/>
+    <col min="7" max="7" width="8.28515625" customWidth="1"/>
+    <col min="8" max="8" width="30.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="22.5" x14ac:dyDescent="0.45">
-      <c r="A1" s="5" t="s">
+    <row r="1" spans="1:8" ht="24" x14ac:dyDescent="0.4">
+      <c r="A1" s="21" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="21"/>
+      <c r="C1" s="21"/>
+      <c r="D1" s="21"/>
+      <c r="E1" s="21"/>
+      <c r="F1" s="21"/>
+      <c r="G1" s="21"/>
+      <c r="H1" s="21"/>
+    </row>
+    <row r="2" spans="1:8" ht="18" x14ac:dyDescent="0.25">
+      <c r="A2" s="18" t="s">
+        <v>291</v>
+      </c>
+      <c r="B2" s="19" t="s">
+        <v>292</v>
+      </c>
+      <c r="C2" s="20" t="s">
+        <v>293</v>
+      </c>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="2"/>
+    </row>
+    <row r="3" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="B3" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="C3" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="B4" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C4" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="13" t="s">
+        <v>2</v>
+      </c>
+      <c r="B5" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="C5" s="15" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="B6" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A7" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="B7" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C7" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A8" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B8" s="10" t="s">
+        <v>296</v>
+      </c>
+      <c r="C8" s="15" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A9" s="13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B9" s="10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C9" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A10" s="13" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" s="10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A11" s="13" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A12" s="13" t="s">
+        <v>156</v>
+      </c>
+      <c r="B12" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="C12" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A13" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B13" s="10" t="s">
+        <v>297</v>
+      </c>
+      <c r="C13" s="15" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A14" s="13" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" s="10" t="s">
+        <v>118</v>
+      </c>
+      <c r="C14" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A15" s="13" t="s">
+        <v>107</v>
+      </c>
+      <c r="B15" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A16" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="B16" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="C16" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A17" s="13" t="s">
+        <v>129</v>
+      </c>
+      <c r="B17" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="C17" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A18" s="13" t="s">
+        <v>135</v>
+      </c>
+      <c r="B18" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="C18" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A19" s="13" t="s">
+        <v>161</v>
+      </c>
+      <c r="B19" s="10" t="s">
+        <v>162</v>
+      </c>
+      <c r="C19" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A20" s="13" t="s">
+        <v>141</v>
+      </c>
+      <c r="B20" s="10" t="s">
+        <v>142</v>
+      </c>
+      <c r="C20" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A21" s="13" t="s">
+        <v>150</v>
+      </c>
+      <c r="B21" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="C21" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A22" s="13" t="s">
+        <v>146</v>
+      </c>
+      <c r="B22" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="C22" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A23" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C23" s="15" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A24" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="B24" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="C24" s="15" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A25" s="13" t="s">
+        <v>173</v>
+      </c>
+      <c r="B25" s="10" t="s">
+        <v>174</v>
+      </c>
+      <c r="C25" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A26" s="13" t="s">
+        <v>167</v>
+      </c>
+      <c r="B26" s="10" t="s">
+        <v>168</v>
+      </c>
+      <c r="C26" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A27" s="13" t="s">
+        <v>191</v>
+      </c>
+      <c r="B27" s="10" t="s">
+        <v>192</v>
+      </c>
+      <c r="C27" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="D27" s="3"/>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A28" s="13" t="s">
+        <v>207</v>
+      </c>
+      <c r="B28" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="C28" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="D28" s="3"/>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A29" s="13" t="s">
+        <v>269</v>
+      </c>
+      <c r="B29" s="10" t="s">
+        <v>270</v>
+      </c>
+      <c r="C29" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="D29" s="3"/>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A30" s="13" t="s">
+        <v>205</v>
+      </c>
+      <c r="B30" s="10" t="s">
+        <v>206</v>
+      </c>
+      <c r="C30" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="D30" s="3"/>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A31" s="13" t="s">
+        <v>185</v>
+      </c>
+      <c r="B31" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="C31" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="D31" s="3"/>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A32" s="13" t="s">
+        <v>200</v>
+      </c>
+      <c r="B32" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="C32" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="D32" s="3"/>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A33" s="13" t="s">
+        <v>195</v>
+      </c>
+      <c r="B33" s="10" t="s">
+        <v>196</v>
+      </c>
+      <c r="C33" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="D33" s="3"/>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A34" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B34" s="10" t="s">
+        <v>300</v>
+      </c>
+      <c r="C34" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="D34" s="3"/>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A35" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="B35" s="10" t="s">
+        <v>301</v>
+      </c>
+      <c r="C35" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="D35" s="3"/>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A36" s="13" t="s">
+        <v>232</v>
+      </c>
+      <c r="B36" s="10" t="s">
+        <v>233</v>
+      </c>
+      <c r="C36" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A37" s="13" t="s">
+        <v>216</v>
+      </c>
+      <c r="B37" s="10" t="s">
+        <v>303</v>
+      </c>
+      <c r="C37" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A38" s="13" t="s">
+        <v>226</v>
+      </c>
+      <c r="B38" s="10" t="s">
+        <v>227</v>
+      </c>
+      <c r="C38" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A39" s="13" t="s">
+        <v>243</v>
+      </c>
+      <c r="B39" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="C39" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A40" s="13" t="s">
+        <v>253</v>
+      </c>
+      <c r="B40" s="10" t="s">
+        <v>302</v>
+      </c>
+      <c r="C40" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A41" s="13" t="s">
+        <v>249</v>
+      </c>
+      <c r="B41" s="10" t="s">
+        <v>250</v>
+      </c>
+      <c r="C41" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A42" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="B42" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C42" s="15" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A43" s="13" t="s">
+        <v>237</v>
+      </c>
+      <c r="B43" s="10" t="s">
+        <v>238</v>
+      </c>
+      <c r="C43" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A44" s="13" t="s">
+        <v>254</v>
+      </c>
+      <c r="B44" s="22" t="s">
+        <v>304</v>
+      </c>
+      <c r="C44" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A45" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="B45" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="C45" s="15" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A46" s="13" t="s">
+        <v>258</v>
+      </c>
+      <c r="B46" s="10" t="s">
+        <v>259</v>
+      </c>
+      <c r="C46" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A47" s="13" t="s">
+        <v>268</v>
+      </c>
+      <c r="B47" s="10" t="s">
+        <v>305</v>
+      </c>
+      <c r="C47" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A48" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="B48" s="10" t="s">
+        <v>272</v>
+      </c>
+      <c r="C48" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A49" s="13" t="s">
+        <v>256</v>
+      </c>
+      <c r="B49" s="10" t="s">
+        <v>257</v>
+      </c>
+      <c r="C49" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A50" s="13" t="s">
+        <v>278</v>
+      </c>
+      <c r="B50" s="10" t="s">
+        <v>279</v>
+      </c>
+      <c r="C50" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A51" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="B51" s="10" t="s">
+        <v>128</v>
+      </c>
+      <c r="C51" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A52" s="13" t="s">
+        <v>285</v>
+      </c>
+      <c r="B52" s="10" t="s">
+        <v>286</v>
+      </c>
+      <c r="C52" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A53" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="B53" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="C53" s="15" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A54" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B54" s="10" t="s">
+        <v>307</v>
+      </c>
+      <c r="C54" s="15" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A55" s="14" t="s">
+        <v>63</v>
+      </c>
+      <c r="B55" s="23" t="s">
+        <v>64</v>
+      </c>
+      <c r="C55" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A56" s="13" t="s">
+        <v>79</v>
+      </c>
+      <c r="B56" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C56" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A57" s="13" t="s">
+        <v>73</v>
+      </c>
+      <c r="B57" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C57" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A58" s="13" t="s">
+        <v>68</v>
+      </c>
+      <c r="B58" s="10" t="s">
+        <v>308</v>
+      </c>
+      <c r="C58" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A59" s="13" t="s">
+        <v>109</v>
+      </c>
+      <c r="B59" s="10" t="s">
+        <v>309</v>
+      </c>
+      <c r="C59" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A60" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B60" s="10" t="s">
+        <v>102</v>
+      </c>
+      <c r="C60" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A61" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B61" s="10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C61" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A62" s="14" t="s">
+        <v>93</v>
+      </c>
+      <c r="B62" s="23" t="s">
+        <v>94</v>
+      </c>
+      <c r="C62" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A63" s="14" t="s">
+        <v>98</v>
+      </c>
+      <c r="B63" s="24" t="s">
+        <v>310</v>
+      </c>
+      <c r="C63" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A64" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="B64" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="C64" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A65" s="13" t="s">
+        <v>137</v>
+      </c>
+      <c r="B65" s="10" t="s">
+        <v>138</v>
+      </c>
+      <c r="C65" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A66" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="B66" s="10" t="s">
+        <v>144</v>
+      </c>
+      <c r="C66" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A67" s="13" t="s">
+        <v>131</v>
+      </c>
+      <c r="B67" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="C67" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A68" s="13" t="s">
+        <v>152</v>
+      </c>
+      <c r="B68" s="10" t="s">
+        <v>153</v>
+      </c>
+      <c r="C68" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A69" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="B69" s="10" t="s">
+        <v>311</v>
+      </c>
+      <c r="C69" s="15" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A70" s="13" t="s">
+        <v>158</v>
+      </c>
+      <c r="B70" s="10" t="s">
+        <v>312</v>
+      </c>
+      <c r="C70" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A71" s="13" t="s">
+        <v>163</v>
+      </c>
+      <c r="B71" s="10" t="s">
+        <v>164</v>
+      </c>
+      <c r="C71" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A72" s="13" t="s">
+        <v>275</v>
+      </c>
+      <c r="B72" s="10" t="s">
+        <v>276</v>
+      </c>
+      <c r="C72" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A73" s="13" t="s">
+        <v>197</v>
+      </c>
+      <c r="B73" s="10" t="s">
+        <v>198</v>
+      </c>
+      <c r="C73" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A74" s="13" t="s">
+        <v>247</v>
+      </c>
+      <c r="B74" s="10" t="s">
+        <v>248</v>
+      </c>
+      <c r="C74" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A75" s="13" t="s">
+        <v>175</v>
+      </c>
+      <c r="B75" s="10" t="s">
+        <v>176</v>
+      </c>
+      <c r="C75" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A76" s="13" t="s">
+        <v>289</v>
+      </c>
+      <c r="B76" s="22" t="s">
+        <v>313</v>
+      </c>
+      <c r="C76" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A77" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="B77" s="10" t="s">
+        <v>314</v>
+      </c>
+      <c r="C77" s="15" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A78" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="B78" s="24" t="s">
+        <v>24</v>
+      </c>
+      <c r="C78" s="15" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A79" s="13" t="s">
+        <v>181</v>
+      </c>
+      <c r="B79" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="C79" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A80" s="13" t="s">
+        <v>154</v>
+      </c>
+      <c r="B80" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C80" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A81" s="13" t="s">
+        <v>239</v>
+      </c>
+      <c r="B81" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="C81" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A82" s="13" t="s">
+        <v>234</v>
+      </c>
+      <c r="B82" s="10" t="s">
+        <v>235</v>
+      </c>
+      <c r="C82" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A83" s="13" t="s">
+        <v>290</v>
+      </c>
+      <c r="B83" s="22" t="s">
+        <v>315</v>
+      </c>
+      <c r="C83" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A84" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B84" s="10" t="s">
+        <v>316</v>
+      </c>
+      <c r="C84" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="D84" s="6"/>
+      <c r="E84" s="6"/>
+      <c r="F84" s="8"/>
+      <c r="G84" s="9"/>
+    </row>
+    <row r="85" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A85" s="13" t="s">
+        <v>212</v>
+      </c>
+      <c r="B85" s="10" t="s">
+        <v>213</v>
+      </c>
+      <c r="C85" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A86" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="B86" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="C86" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="F86" s="6"/>
+      <c r="G86" s="7"/>
+    </row>
+    <row r="87" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A87" s="13" t="s">
+        <v>217</v>
+      </c>
+      <c r="B87" s="10" t="s">
+        <v>218</v>
+      </c>
+      <c r="C87" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F87" s="6"/>
+      <c r="G87" s="7"/>
+    </row>
+    <row r="88" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A88" s="13" t="s">
         <v>223</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C2" s="1" t="s">
+      <c r="B88" s="10" t="s">
         <v>224</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="2" t="s">
+      <c r="C88" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F88" s="6"/>
+      <c r="G88" s="7"/>
+    </row>
+    <row r="89" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A89" s="13" t="s">
+        <v>228</v>
+      </c>
+      <c r="B89" s="10" t="s">
+        <v>229</v>
+      </c>
+      <c r="C89" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F89" s="4"/>
+      <c r="G89" s="5"/>
+    </row>
+    <row r="90" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A90" s="13" t="s">
+        <v>245</v>
+      </c>
+      <c r="B90" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="C90" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F90" s="4"/>
+      <c r="G90" s="5"/>
+    </row>
+    <row r="91" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A91" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="B91" s="10" t="s">
+        <v>317</v>
+      </c>
+      <c r="C91" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="F91" s="4"/>
+      <c r="G91" s="5"/>
+    </row>
+    <row r="92" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A92" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="B92" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="C92" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="F92" s="4"/>
+      <c r="G92" s="5"/>
+    </row>
+    <row r="93" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A93" s="13" t="s">
+        <v>255</v>
+      </c>
+      <c r="B93" s="10" t="s">
+        <v>318</v>
+      </c>
+      <c r="C93" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F93" s="4"/>
+      <c r="G93" s="5"/>
+    </row>
+    <row r="94" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A94" s="13" t="s">
+        <v>123</v>
+      </c>
+      <c r="B94" s="10" t="s">
+        <v>124</v>
+      </c>
+      <c r="C94" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F94" s="4"/>
+      <c r="G94" s="5"/>
+    </row>
+    <row r="95" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A95" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="B95" s="22" t="s">
+        <v>319</v>
+      </c>
+      <c r="C95" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="F95" s="4"/>
+      <c r="G95" s="5"/>
+    </row>
+    <row r="96" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A96" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="B96" s="10" t="s">
+        <v>252</v>
+      </c>
+      <c r="C96" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F96" s="4"/>
+      <c r="G96" s="5"/>
+    </row>
+    <row r="97" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A97" s="13" t="s">
+        <v>169</v>
+      </c>
+      <c r="B97" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C97" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F97" s="4"/>
+      <c r="G97" s="5"/>
+    </row>
+    <row r="98" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A98" s="13" t="s">
+        <v>187</v>
+      </c>
+      <c r="B98" s="10" t="s">
+        <v>188</v>
+      </c>
+      <c r="C98" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F98" s="4"/>
+      <c r="G98" s="5"/>
+    </row>
+    <row r="99" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A99" s="13" t="s">
+        <v>264</v>
+      </c>
+      <c r="B99" s="10" t="s">
+        <v>265</v>
+      </c>
+      <c r="C99" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F99" s="4"/>
+      <c r="G99" s="5"/>
+    </row>
+    <row r="100" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A100" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="B100" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="C100" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F100" s="4"/>
+      <c r="G100" s="5"/>
+    </row>
+    <row r="101" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A101" s="13" t="s">
+        <v>260</v>
+      </c>
+      <c r="B101" s="10" t="s">
+        <v>261</v>
+      </c>
+      <c r="C101" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F101" s="4"/>
+      <c r="G101" s="5"/>
+    </row>
+    <row r="102" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A102" s="13" t="s">
+        <v>266</v>
+      </c>
+      <c r="B102" s="10" t="s">
+        <v>267</v>
+      </c>
+      <c r="C102" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F102" s="4"/>
+      <c r="G102" s="5"/>
+    </row>
+    <row r="103" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A103" s="13" t="s">
+        <v>193</v>
+      </c>
+      <c r="B103" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C103" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F103" s="4"/>
+      <c r="G103" s="5"/>
+    </row>
+    <row r="104" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A104" s="13" t="s">
+        <v>201</v>
+      </c>
+      <c r="B104" s="10" t="s">
+        <v>202</v>
+      </c>
+      <c r="C104" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F104" s="6"/>
+      <c r="G104" s="7"/>
+    </row>
+    <row r="105" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A105" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="B105" s="10" t="s">
+        <v>320</v>
+      </c>
+      <c r="C105" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F105" s="4"/>
+      <c r="G105" s="5"/>
+    </row>
+    <row r="106" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A106" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="B106" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="C106" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="F106" s="4"/>
+      <c r="G106" s="5"/>
+    </row>
+    <row r="107" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A107" s="13" t="s">
+        <v>75</v>
+      </c>
+      <c r="B107" s="10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C107" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F107" s="4"/>
+      <c r="G107" s="5"/>
+    </row>
+    <row r="108" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A108" s="13" t="s">
+        <v>287</v>
+      </c>
+      <c r="B108" s="10" t="s">
+        <v>288</v>
+      </c>
+      <c r="C108" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F108" s="6"/>
+      <c r="G108" s="7"/>
+    </row>
+    <row r="109" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A109" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="B109" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="C109" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F109" s="6"/>
+      <c r="G109" s="7"/>
+    </row>
+    <row r="110" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A110" s="13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B110" s="10" t="s">
+        <v>321</v>
+      </c>
+      <c r="C110" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F110" s="6"/>
+      <c r="G110" s="7"/>
+    </row>
+    <row r="111" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A111" s="13" t="s">
+        <v>69</v>
+      </c>
+      <c r="B111" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C111" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F111" s="6"/>
+      <c r="G111" s="7"/>
+    </row>
+    <row r="112" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A112" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B112" s="10" t="s">
+        <v>322</v>
+      </c>
+      <c r="C112" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F112" s="4"/>
+      <c r="G112" s="5"/>
+    </row>
+    <row r="113" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A113" s="13" t="s">
+        <v>280</v>
+      </c>
+      <c r="B113" s="10" t="s">
+        <v>281</v>
+      </c>
+      <c r="C113" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F113" s="4"/>
+      <c r="G113" s="5"/>
+    </row>
+    <row r="114" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A114" s="13" t="s">
+        <v>85</v>
+      </c>
+      <c r="B114" s="10" t="s">
+        <v>323</v>
+      </c>
+      <c r="C114" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F114" s="6"/>
+      <c r="G114" s="7"/>
+    </row>
+    <row r="115" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A115" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="B115" s="10" t="s">
+        <v>324</v>
+      </c>
+      <c r="C115" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="F115" s="6"/>
+      <c r="G115" s="7"/>
+    </row>
+    <row r="116" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A116" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="B116" s="10" t="s">
+        <v>325</v>
+      </c>
+      <c r="C116" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="F116" s="4"/>
+      <c r="G116" s="5"/>
+    </row>
+    <row r="117" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A117" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="B117" s="10" t="s">
+        <v>326</v>
+      </c>
+      <c r="C117" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="F117" s="6"/>
+      <c r="G117" s="7"/>
+    </row>
+    <row r="118" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A118" s="13" t="s">
+        <v>284</v>
+      </c>
+      <c r="B118" s="10" t="s">
+        <v>327</v>
+      </c>
+      <c r="C118" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F118" s="4"/>
+      <c r="G118" s="5"/>
+    </row>
+    <row r="119" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A119" s="13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B119" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="C119" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F119" s="4"/>
+      <c r="G119" s="5"/>
+    </row>
+    <row r="120" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A120" s="13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B120" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C120" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F120" s="6"/>
+      <c r="G120" s="7"/>
+    </row>
+    <row r="121" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A121" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="B121" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C121" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="F121" s="6"/>
+      <c r="G121" s="7"/>
+    </row>
+    <row r="122" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A122" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="B122" s="10" t="s">
+        <v>328</v>
+      </c>
+      <c r="C122" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F122" s="6"/>
+      <c r="G122" s="7"/>
+    </row>
+    <row r="123" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A123" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="B123" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="C123" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="F123" s="6"/>
+      <c r="G123" s="7"/>
+    </row>
+    <row r="124" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A124" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B124" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="C124" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F124" s="6"/>
+      <c r="G124" s="7"/>
+    </row>
+    <row r="125" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A125" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B125" s="10" t="s">
+        <v>111</v>
+      </c>
+      <c r="C125" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F125" s="6"/>
+      <c r="G125" s="7"/>
+    </row>
+    <row r="126" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A126" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="B126" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="C126" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="F126" s="4"/>
+      <c r="G126" s="5"/>
+    </row>
+    <row r="127" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A127" s="13" t="s">
+        <v>121</v>
+      </c>
+      <c r="B127" s="10" t="s">
+        <v>122</v>
+      </c>
+      <c r="C127" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F127" s="4"/>
+      <c r="G127" s="5"/>
+    </row>
+    <row r="128" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A128" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="B128" s="10" t="s">
+        <v>330</v>
+      </c>
+      <c r="C128" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="F128" s="4"/>
+      <c r="G128" s="5"/>
+    </row>
+    <row r="129" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A129" s="13" t="s">
+        <v>189</v>
+      </c>
+      <c r="B129" s="10" t="s">
+        <v>190</v>
+      </c>
+      <c r="C129" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F129" s="4"/>
+      <c r="G129" s="5"/>
+    </row>
+    <row r="130" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A130" s="13" t="s">
+        <v>183</v>
+      </c>
+      <c r="B130" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="C130" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F130" s="4"/>
+      <c r="G130" s="5"/>
+    </row>
+    <row r="131" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A131" s="13" t="s">
+        <v>139</v>
+      </c>
+      <c r="B131" s="10" t="s">
+        <v>140</v>
+      </c>
+      <c r="C131" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F131" s="4"/>
+      <c r="G131" s="5"/>
+    </row>
+    <row r="132" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A132" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="B132" s="10" t="s">
+        <v>134</v>
+      </c>
+      <c r="C132" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A133" s="13" t="s">
+        <v>165</v>
+      </c>
+      <c r="B133" s="10" t="s">
+        <v>166</v>
+      </c>
+      <c r="C133" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="134" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A134" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="B134" s="10" t="s">
+        <v>331</v>
+      </c>
+      <c r="C134" s="15" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A135" s="13" t="s">
+        <v>171</v>
+      </c>
+      <c r="B135" s="10" t="s">
+        <v>172</v>
+      </c>
+      <c r="C135" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A136" s="13" t="s">
+        <v>177</v>
+      </c>
+      <c r="B136" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="C136" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A137" s="13" t="s">
+        <v>199</v>
+      </c>
+      <c r="B137" s="10" t="s">
+        <v>332</v>
+      </c>
+      <c r="C137" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A138" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="B138" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C138" s="15" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A139" s="13" t="s">
+        <v>179</v>
+      </c>
+      <c r="B139" s="10" t="s">
+        <v>180</v>
+      </c>
+      <c r="C139" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A140" s="13" t="s">
+        <v>145</v>
+      </c>
+      <c r="B140" s="10" t="s">
+        <v>333</v>
+      </c>
+      <c r="C140" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A141" s="13" t="s">
+        <v>159</v>
+      </c>
+      <c r="B141" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="C141" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A142" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="B142" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="C142" s="15" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A143" s="13" t="s">
+        <v>282</v>
+      </c>
+      <c r="B143" s="10" t="s">
+        <v>283</v>
+      </c>
+      <c r="C143" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A144" s="13" t="s">
+        <v>148</v>
+      </c>
+      <c r="B144" s="10" t="s">
+        <v>149</v>
+      </c>
+      <c r="C144" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A145" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="B145" s="24" t="s">
+        <v>58</v>
+      </c>
+      <c r="C145" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A146" s="13" t="s">
+        <v>203</v>
+      </c>
+      <c r="B146" s="10" t="s">
+        <v>204</v>
+      </c>
+      <c r="C146" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A147" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="B147" s="10" t="s">
+        <v>334</v>
+      </c>
+      <c r="C147" s="15" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A148" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="B148" s="10" t="s">
+        <v>335</v>
+      </c>
+      <c r="C148" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A149" s="13" t="s">
+        <v>209</v>
+      </c>
+      <c r="B149" s="10" t="s">
+        <v>336</v>
+      </c>
+      <c r="C149" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A150" s="13" t="s">
+        <v>84</v>
+      </c>
+      <c r="B150" s="24" t="s">
+        <v>337</v>
+      </c>
+      <c r="C150" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A151" s="13" t="s">
+        <v>214</v>
+      </c>
+      <c r="B151" s="10" t="s">
+        <v>215</v>
+      </c>
+      <c r="C151" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A152" s="13" t="s">
+        <v>219</v>
+      </c>
+      <c r="B152" s="10" t="s">
         <v>220</v>
       </c>
-      <c r="B3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C3" s="1" t="s">
+      <c r="C152" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A153" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="B153" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="C153" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A154" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="B154" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="C154" s="15" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A155" s="13" t="s">
+        <v>51</v>
+      </c>
+      <c r="B155" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C155" s="15" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A156" s="13" t="s">
+        <v>236</v>
+      </c>
+      <c r="B156" s="10" t="s">
+        <v>338</v>
+      </c>
+      <c r="C156" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A157" s="13" t="s">
+        <v>230</v>
+      </c>
+      <c r="B157" s="10" t="s">
+        <v>231</v>
+      </c>
+      <c r="C157" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A158" s="13" t="s">
         <v>225</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="A5" s="3" t="s">
+      <c r="B158" s="22" t="s">
+        <v>339</v>
+      </c>
+      <c r="C158" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A159" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="B159" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C159" s="15" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A160" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="B160" s="10" t="s">
         <v>115</v>
       </c>
-      <c r="B5" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A6" s="3" t="s">
+      <c r="C160" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A161" s="13" t="s">
+        <v>221</v>
+      </c>
+      <c r="B161" s="10" t="s">
+        <v>222</v>
+      </c>
+      <c r="C161" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A162" s="13" t="s">
+        <v>82</v>
+      </c>
+      <c r="B162" s="22" t="s">
         <v>83</v>
       </c>
-      <c r="B6" s="1" t="s">
-[...425 lines deleted...]
-      <c r="A45" s="1" t="s">
+      <c r="C162" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A163" s="13" t="s">
+        <v>210</v>
+      </c>
+      <c r="B163" s="10" t="s">
+        <v>211</v>
+      </c>
+      <c r="C163" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A164" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="B164" s="10" t="s">
+        <v>340</v>
+      </c>
+      <c r="C164" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A165" s="13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B165" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="C165" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A166" s="13" t="s">
+        <v>125</v>
+      </c>
+      <c r="B166" s="10" t="s">
+        <v>126</v>
+      </c>
+      <c r="C166" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A167" s="13" t="s">
+        <v>262</v>
+      </c>
+      <c r="B167" s="10" t="s">
+        <v>263</v>
+      </c>
+      <c r="C167" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A168" s="13" t="s">
         <v>147</v>
       </c>
-      <c r="B45" s="1" t="s">
-[...95 lines deleted...]
-      <c r="A54" s="3" t="s">
+      <c r="B168" s="10" t="s">
+        <v>341</v>
+      </c>
+      <c r="C168" s="15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A169" s="16" t="s">
+        <v>45</v>
+      </c>
+      <c r="B169" s="25" t="s">
+        <v>46</v>
+      </c>
+      <c r="C169" s="17" t="s">
         <v>1</v>
       </c>
-      <c r="B54" s="1" t="s">
-[...1170 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:C160">
-    <sortCondition ref="B3:B160"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:C169">
+    <sortCondition ref="B3:B169"/>
   </sortState>
+  <mergeCells count="1">
+    <mergeCell ref="A1:H1"/>
+  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="49" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{38E527E6-96F0-41C3-BE70-18E07F977428}">
+  <dimension ref="A1:A2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="E11" sqref="E11"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetData>
+    <row r="1" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A1" s="12" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="2" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>295</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Data</vt:lpstr>
+      <vt:lpstr>Source</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>DEED</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Andrew Dahl</dc:creator>
+  <dc:creator>Peters, Brian</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>