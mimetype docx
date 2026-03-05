--- v0 (2025-11-03)
+++ v1 (2026-03-05)
@@ -120,332 +120,311 @@
       </w:r>
       <w:r w:rsidR="008605F2">
         <w:t xml:space="preserve">Requirements for </w:t>
       </w:r>
       <w:r w:rsidR="00F63730">
         <w:t>Phramcy Benefit Manager</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E003AF">
         <w:t>Networks</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75026E4F" w14:textId="00B9EE8A" w:rsidR="00B94C9F" w:rsidRDefault="00A72B73" w:rsidP="00B94C9F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>PBM Entity</w:t>
       </w:r>
       <w:r w:rsidR="00F45267">
         <w:t xml:space="preserve"> and Network Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B65C9D3" w14:textId="11CA8BA5" w:rsidR="00181AAA" w:rsidRDefault="008C1A27" w:rsidP="008605F2">
+    <w:p w14:paraId="1B65C9D3" w14:textId="146AD248" w:rsidR="00181AAA" w:rsidRDefault="008C1A27" w:rsidP="008605F2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2993"/>
         </w:tabs>
         <w:ind w:left="113"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>PBM Entity</w:t>
       </w:r>
       <w:r w:rsidR="00181AAA" w:rsidRPr="00F45267">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00181AAA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
-          <w:id w:val="1429388412"/>
+          <w:id w:val="-1426571627"/>
           <w:placeholder>
-            <w:docPart w:val="7FA6BFACD39447EBABAD993009CB8D62"/>
+            <w:docPart w:val="BF3DF8997B374A08BC2906D5524C1A5F"/>
           </w:placeholder>
+          <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:sdt>
-[...32 lines deleted...]
-          </w:sdt>
+          <w:r w:rsidR="00335EEE" w:rsidRPr="00425273">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="2AFC5F99" w14:textId="0D09CC18" w:rsidR="00181AAA" w:rsidRDefault="00181AAA" w:rsidP="008605F2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2993"/>
         </w:tabs>
         <w:ind w:left="113"/>
       </w:pPr>
       <w:r w:rsidRPr="00F45267">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Network Name:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="1851991632"/>
           <w:placeholder>
             <w:docPart w:val="1A394A824C3C4D5BBB4F46D8365B53D6"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00425273">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="2EEC300C" w14:textId="73F96AED" w:rsidR="00181AAA" w:rsidRDefault="00181AAA" w:rsidP="008605F2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2993"/>
         </w:tabs>
         <w:ind w:left="113"/>
       </w:pPr>
       <w:r w:rsidRPr="00F45267">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Network ID:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="-1632861804"/>
           <w:placeholder>
             <w:docPart w:val="2D12181AA9D0403D93065FC3F11AFC27"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00425273">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="35FC106E" w14:textId="78A7567B" w:rsidR="00181AAA" w:rsidRDefault="00181AAA" w:rsidP="008605F2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2993"/>
         </w:tabs>
         <w:ind w:left="113"/>
       </w:pPr>
       <w:r w:rsidRPr="00F45267">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Signee Name:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="-1892109291"/>
           <w:placeholder>
             <w:docPart w:val="16DF5367D5764B868E8767DE6C7CB555"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00425273">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="220F1E29" w14:textId="7F36EF77" w:rsidR="00181AAA" w:rsidRDefault="00181AAA" w:rsidP="008605F2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2993"/>
         </w:tabs>
         <w:ind w:left="113"/>
       </w:pPr>
       <w:r w:rsidRPr="00F45267">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Signee Title:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="-2076729281"/>
           <w:placeholder>
             <w:docPart w:val="A260B709AF6041EEABAED447AD83544D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00425273">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3904C856" w14:textId="646FC7D2" w:rsidR="00181AAA" w:rsidRDefault="00181AAA" w:rsidP="008605F2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2993"/>
         </w:tabs>
         <w:ind w:left="113"/>
       </w:pPr>
       <w:r w:rsidRPr="00F45267">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="1901556698"/>
           <w:placeholder>
             <w:docPart w:val="F6BADB3453584818ACC3A1D5C1E6D728"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00425273">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4C969F4D" w14:textId="1E940222" w:rsidR="008605F2" w:rsidRDefault="00F45267" w:rsidP="00F45267">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Instructions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04040A28" w14:textId="440DF1BD" w:rsidR="00F45267" w:rsidRPr="0061336B" w:rsidRDefault="00F45267" w:rsidP="00F45267">
       <w:pPr>
         <w:spacing w:line="23" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
@@ -679,244 +658,250 @@
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005020BA" w:rsidRPr="000A0B6D">
         <w:t>network that is sufficient in number and types of p</w:t>
       </w:r>
       <w:r w:rsidR="003133B9">
         <w:t>harmacies</w:t>
       </w:r>
       <w:r w:rsidR="005020BA" w:rsidRPr="000A0B6D">
         <w:t xml:space="preserve"> to assure that services will be accessible </w:t>
       </w:r>
       <w:r w:rsidR="003A36A6">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidR="004B6F90">
         <w:t>potential clients</w:t>
       </w:r>
       <w:r w:rsidR="003A36A6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005020BA" w:rsidRPr="000A0B6D">
         <w:t>without unreasonable delay.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62222AAF" w14:textId="1B64EBC2" w:rsidR="00736710" w:rsidRDefault="00000000" w:rsidP="00A95530">
+    <w:p w14:paraId="62222AAF" w14:textId="1B64EBC2" w:rsidR="00736710" w:rsidRDefault="00D31F8A" w:rsidP="00A95530">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:firstLine="360"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="104474705"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00991CC6">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00575904">
         <w:t xml:space="preserve"> Yes</w:t>
       </w:r>
       <w:r w:rsidR="00575904">
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="575944933"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00991CC6">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00575904">
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06BECC35" w14:textId="2407BE57" w:rsidR="00BB4F84" w:rsidRDefault="00A72B73" w:rsidP="00BB4F84">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
       </w:pPr>
       <w:r>
         <w:t>PBM entity</w:t>
       </w:r>
       <w:r w:rsidR="005020BA" w:rsidRPr="000A0B6D">
         <w:t xml:space="preserve"> attests that this filing complies with all applicable </w:t>
       </w:r>
       <w:r w:rsidR="00B63B0B">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="005020BA">
         <w:t>tate network adequacy standard</w:t>
       </w:r>
       <w:r w:rsidR="00B63B0B">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="000B208D">
         <w:t>, as established in Minnesota Statues, section 62W.05 and 62K.10</w:t>
       </w:r>
       <w:r w:rsidR="005020BA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="0" w:name="_Hlk188003180"/>
-    <w:p w14:paraId="6C912E26" w14:textId="3522BF19" w:rsidR="00865208" w:rsidRDefault="00000000" w:rsidP="003B6CBD">
+    <w:p w14:paraId="6C912E26" w14:textId="3522BF19" w:rsidR="00865208" w:rsidRDefault="00D31F8A" w:rsidP="003B6CBD">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="736816767"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00991CC6">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00865208">
         <w:t xml:space="preserve"> Yes</w:t>
       </w:r>
       <w:r w:rsidR="00865208">
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-488258312"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00991CC6">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00865208">
         <w:t>No</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="17965A5C" w14:textId="682FABBE" w:rsidR="005020BA" w:rsidRDefault="00A72B73" w:rsidP="005020BA">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
       </w:pPr>
       <w:r>
         <w:t>PBM entity</w:t>
       </w:r>
       <w:r w:rsidR="005020BA" w:rsidRPr="000A0B6D">
         <w:t xml:space="preserve"> attests that network data provided is representative of signed contracts in place, and that all data submitted is accurate and current as of the date of filing</w:t>
       </w:r>
       <w:r w:rsidR="005020BA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="210E38E2" w14:textId="09ACB39E" w:rsidR="003B6CBD" w:rsidRDefault="00000000" w:rsidP="00432AF1">
+    <w:p w14:paraId="210E38E2" w14:textId="09ACB39E" w:rsidR="003B6CBD" w:rsidRDefault="00D31F8A" w:rsidP="00432AF1">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1853298645"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00991CC6">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="003B6CBD">
         <w:t>Yes</w:t>
       </w:r>
       <w:r w:rsidR="003B6CBD">
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1908718907"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00991CC6">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="003B6CBD">
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08B95D13" w14:textId="6C88F0DA" w:rsidR="00632DB5" w:rsidRDefault="00632DB5" w:rsidP="000B208D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Signature and Date</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9438" w:type="dxa"/>
@@ -1400,50 +1385,51 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="200002F7" w:usb1="02003803" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1416353500"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="06A5BFA1" w14:textId="77777777" w:rsidR="000F7548" w:rsidRDefault="000F7548" w:rsidP="00B45CED">
         <w:pPr>
           <w:pStyle w:val="Header"/>
         </w:pPr>
         <w:r w:rsidRPr="007E537B">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007E537B">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="007E537B">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00010B6F">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="007E537B">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
@@ -2384,51 +2370,51 @@
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1902398152">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="134955214">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="2005279626">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1030571785">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1247422027">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="6"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="F804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -2634,50 +2620,51 @@
     <w:rsid w:val="000E3716"/>
     <w:rsid w:val="000E3D1F"/>
     <w:rsid w:val="000E468E"/>
     <w:rsid w:val="000E542E"/>
     <w:rsid w:val="000E7E99"/>
     <w:rsid w:val="000F06EF"/>
     <w:rsid w:val="000F119F"/>
     <w:rsid w:val="000F1830"/>
     <w:rsid w:val="000F252A"/>
     <w:rsid w:val="000F30A3"/>
     <w:rsid w:val="000F3386"/>
     <w:rsid w:val="000F6971"/>
     <w:rsid w:val="000F7548"/>
     <w:rsid w:val="000F78F6"/>
     <w:rsid w:val="000F7F0E"/>
     <w:rsid w:val="001000AB"/>
     <w:rsid w:val="001024C4"/>
     <w:rsid w:val="001039AA"/>
     <w:rsid w:val="00104058"/>
     <w:rsid w:val="00104640"/>
     <w:rsid w:val="0010626D"/>
     <w:rsid w:val="0010633D"/>
     <w:rsid w:val="00107681"/>
     <w:rsid w:val="00107B89"/>
     <w:rsid w:val="00107EC1"/>
+    <w:rsid w:val="00110297"/>
     <w:rsid w:val="001112D6"/>
     <w:rsid w:val="0011130C"/>
     <w:rsid w:val="00112490"/>
     <w:rsid w:val="001127AB"/>
     <w:rsid w:val="00112B06"/>
     <w:rsid w:val="00113C69"/>
     <w:rsid w:val="00113F82"/>
     <w:rsid w:val="0011684D"/>
     <w:rsid w:val="001168EF"/>
     <w:rsid w:val="00116EFC"/>
     <w:rsid w:val="00117F64"/>
     <w:rsid w:val="00120DC5"/>
     <w:rsid w:val="00121452"/>
     <w:rsid w:val="001220C4"/>
     <w:rsid w:val="001228B8"/>
     <w:rsid w:val="001237B4"/>
     <w:rsid w:val="00123CE6"/>
     <w:rsid w:val="00124223"/>
     <w:rsid w:val="00124593"/>
     <w:rsid w:val="001246E8"/>
     <w:rsid w:val="00124745"/>
     <w:rsid w:val="001248E0"/>
     <w:rsid w:val="00125078"/>
     <w:rsid w:val="00125DFB"/>
     <w:rsid w:val="001268DD"/>
@@ -3110,60 +3097,62 @@
     <w:rsid w:val="0032470A"/>
     <w:rsid w:val="003259D3"/>
     <w:rsid w:val="00326366"/>
     <w:rsid w:val="0032678F"/>
     <w:rsid w:val="00326A9F"/>
     <w:rsid w:val="00326ED3"/>
     <w:rsid w:val="003276B8"/>
     <w:rsid w:val="00327BFD"/>
     <w:rsid w:val="0033012B"/>
     <w:rsid w:val="003301F2"/>
     <w:rsid w:val="00330205"/>
     <w:rsid w:val="0033037A"/>
     <w:rsid w:val="003306DD"/>
     <w:rsid w:val="003314DB"/>
     <w:rsid w:val="00331705"/>
     <w:rsid w:val="0033210A"/>
     <w:rsid w:val="00332382"/>
     <w:rsid w:val="0033253D"/>
     <w:rsid w:val="003326D7"/>
     <w:rsid w:val="00332BB9"/>
     <w:rsid w:val="00332CAF"/>
     <w:rsid w:val="003332B5"/>
     <w:rsid w:val="00334248"/>
     <w:rsid w:val="0033467F"/>
     <w:rsid w:val="00335CF3"/>
+    <w:rsid w:val="00335EEE"/>
     <w:rsid w:val="0033678C"/>
     <w:rsid w:val="00337903"/>
     <w:rsid w:val="00337EC8"/>
     <w:rsid w:val="003400B7"/>
     <w:rsid w:val="0034028B"/>
     <w:rsid w:val="00340F82"/>
     <w:rsid w:val="003411ED"/>
     <w:rsid w:val="00341AAA"/>
     <w:rsid w:val="00343F4C"/>
     <w:rsid w:val="0034420E"/>
+    <w:rsid w:val="0034421E"/>
     <w:rsid w:val="00344720"/>
     <w:rsid w:val="00344A88"/>
     <w:rsid w:val="0034595A"/>
     <w:rsid w:val="0034608C"/>
     <w:rsid w:val="00346E73"/>
     <w:rsid w:val="00347514"/>
     <w:rsid w:val="003478D6"/>
     <w:rsid w:val="00347AEF"/>
     <w:rsid w:val="00347D92"/>
     <w:rsid w:val="003503A7"/>
     <w:rsid w:val="00350CF4"/>
     <w:rsid w:val="00351B09"/>
     <w:rsid w:val="0035223A"/>
     <w:rsid w:val="00353AEB"/>
     <w:rsid w:val="00355A0E"/>
     <w:rsid w:val="00355BA0"/>
     <w:rsid w:val="00355ED9"/>
     <w:rsid w:val="003560CE"/>
     <w:rsid w:val="00356DDF"/>
     <w:rsid w:val="003575C3"/>
     <w:rsid w:val="003577CB"/>
     <w:rsid w:val="003623E9"/>
     <w:rsid w:val="00362C76"/>
     <w:rsid w:val="0036477D"/>
     <w:rsid w:val="00364DCD"/>
@@ -4540,50 +4529,51 @@
     <w:rsid w:val="009B4590"/>
     <w:rsid w:val="009B5B34"/>
     <w:rsid w:val="009B62CC"/>
     <w:rsid w:val="009B73E1"/>
     <w:rsid w:val="009C0005"/>
     <w:rsid w:val="009C0316"/>
     <w:rsid w:val="009C07BD"/>
     <w:rsid w:val="009C16A7"/>
     <w:rsid w:val="009C194B"/>
     <w:rsid w:val="009C1A81"/>
     <w:rsid w:val="009C2489"/>
     <w:rsid w:val="009C2DD5"/>
     <w:rsid w:val="009C3752"/>
     <w:rsid w:val="009C5055"/>
     <w:rsid w:val="009C61C1"/>
     <w:rsid w:val="009C67C1"/>
     <w:rsid w:val="009C6884"/>
     <w:rsid w:val="009C6DDD"/>
     <w:rsid w:val="009C7D77"/>
     <w:rsid w:val="009D0590"/>
     <w:rsid w:val="009D0DBF"/>
     <w:rsid w:val="009D0EAE"/>
     <w:rsid w:val="009D1870"/>
     <w:rsid w:val="009D1B5D"/>
     <w:rsid w:val="009D244A"/>
+    <w:rsid w:val="009D3025"/>
     <w:rsid w:val="009D32AF"/>
     <w:rsid w:val="009D3830"/>
     <w:rsid w:val="009D3A9A"/>
     <w:rsid w:val="009D3BDF"/>
     <w:rsid w:val="009D3EBD"/>
     <w:rsid w:val="009D4FF7"/>
     <w:rsid w:val="009D5382"/>
     <w:rsid w:val="009D59F7"/>
     <w:rsid w:val="009D5AE3"/>
     <w:rsid w:val="009D5C71"/>
     <w:rsid w:val="009D5F88"/>
     <w:rsid w:val="009D6150"/>
     <w:rsid w:val="009D6516"/>
     <w:rsid w:val="009D783A"/>
     <w:rsid w:val="009D7C46"/>
     <w:rsid w:val="009E1535"/>
     <w:rsid w:val="009E23ED"/>
     <w:rsid w:val="009E415E"/>
     <w:rsid w:val="009E4C06"/>
     <w:rsid w:val="009E4C3F"/>
     <w:rsid w:val="009E51F7"/>
     <w:rsid w:val="009E5266"/>
     <w:rsid w:val="009E5C88"/>
     <w:rsid w:val="009E68CE"/>
     <w:rsid w:val="009E73E5"/>
@@ -5327,50 +5317,51 @@
     <w:rsid w:val="00D16C52"/>
     <w:rsid w:val="00D16EA5"/>
     <w:rsid w:val="00D200FC"/>
     <w:rsid w:val="00D20192"/>
     <w:rsid w:val="00D20B20"/>
     <w:rsid w:val="00D21E37"/>
     <w:rsid w:val="00D21EC8"/>
     <w:rsid w:val="00D22028"/>
     <w:rsid w:val="00D22405"/>
     <w:rsid w:val="00D22BA6"/>
     <w:rsid w:val="00D22D0C"/>
     <w:rsid w:val="00D23528"/>
     <w:rsid w:val="00D23A32"/>
     <w:rsid w:val="00D23EBA"/>
     <w:rsid w:val="00D23F51"/>
     <w:rsid w:val="00D24C2A"/>
     <w:rsid w:val="00D255D9"/>
     <w:rsid w:val="00D2570A"/>
     <w:rsid w:val="00D26097"/>
     <w:rsid w:val="00D2615E"/>
     <w:rsid w:val="00D270F5"/>
     <w:rsid w:val="00D27C90"/>
     <w:rsid w:val="00D3022F"/>
     <w:rsid w:val="00D30CCE"/>
     <w:rsid w:val="00D310DE"/>
+    <w:rsid w:val="00D31F8A"/>
     <w:rsid w:val="00D321DC"/>
     <w:rsid w:val="00D332D8"/>
     <w:rsid w:val="00D3373B"/>
     <w:rsid w:val="00D3573C"/>
     <w:rsid w:val="00D3640A"/>
     <w:rsid w:val="00D36495"/>
     <w:rsid w:val="00D36D71"/>
     <w:rsid w:val="00D37C6F"/>
     <w:rsid w:val="00D37D8B"/>
     <w:rsid w:val="00D416FE"/>
     <w:rsid w:val="00D432E5"/>
     <w:rsid w:val="00D43A2C"/>
     <w:rsid w:val="00D43B51"/>
     <w:rsid w:val="00D448F0"/>
     <w:rsid w:val="00D44FF3"/>
     <w:rsid w:val="00D4598F"/>
     <w:rsid w:val="00D45AFE"/>
     <w:rsid w:val="00D4612F"/>
     <w:rsid w:val="00D4638F"/>
     <w:rsid w:val="00D46AA6"/>
     <w:rsid w:val="00D47190"/>
     <w:rsid w:val="00D472C9"/>
     <w:rsid w:val="00D47F0C"/>
     <w:rsid w:val="00D507B3"/>
     <w:rsid w:val="00D50957"/>
@@ -5728,50 +5719,51 @@
     <w:rsid w:val="00F07C1B"/>
     <w:rsid w:val="00F07C53"/>
     <w:rsid w:val="00F110E6"/>
     <w:rsid w:val="00F1161A"/>
     <w:rsid w:val="00F11B76"/>
     <w:rsid w:val="00F11C16"/>
     <w:rsid w:val="00F12AD0"/>
     <w:rsid w:val="00F12DA8"/>
     <w:rsid w:val="00F13A37"/>
     <w:rsid w:val="00F142FC"/>
     <w:rsid w:val="00F15007"/>
     <w:rsid w:val="00F16814"/>
     <w:rsid w:val="00F1733C"/>
     <w:rsid w:val="00F17393"/>
     <w:rsid w:val="00F17533"/>
     <w:rsid w:val="00F177B2"/>
     <w:rsid w:val="00F21C4A"/>
     <w:rsid w:val="00F21C79"/>
     <w:rsid w:val="00F22D91"/>
     <w:rsid w:val="00F22E95"/>
     <w:rsid w:val="00F23B13"/>
     <w:rsid w:val="00F24F60"/>
     <w:rsid w:val="00F25B77"/>
     <w:rsid w:val="00F26332"/>
     <w:rsid w:val="00F2788E"/>
+    <w:rsid w:val="00F30237"/>
     <w:rsid w:val="00F309AB"/>
     <w:rsid w:val="00F30C1D"/>
     <w:rsid w:val="00F30D42"/>
     <w:rsid w:val="00F32717"/>
     <w:rsid w:val="00F327D0"/>
     <w:rsid w:val="00F332E6"/>
     <w:rsid w:val="00F37B58"/>
     <w:rsid w:val="00F441D6"/>
     <w:rsid w:val="00F44312"/>
     <w:rsid w:val="00F44569"/>
     <w:rsid w:val="00F44ACC"/>
     <w:rsid w:val="00F45267"/>
     <w:rsid w:val="00F4689B"/>
     <w:rsid w:val="00F46D6A"/>
     <w:rsid w:val="00F47066"/>
     <w:rsid w:val="00F470C8"/>
     <w:rsid w:val="00F47D18"/>
     <w:rsid w:val="00F507E0"/>
     <w:rsid w:val="00F50949"/>
     <w:rsid w:val="00F509D0"/>
     <w:rsid w:val="00F51512"/>
     <w:rsid w:val="00F51AA3"/>
     <w:rsid w:val="00F51D4F"/>
     <w:rsid w:val="00F52493"/>
     <w:rsid w:val="00F52F69"/>
@@ -7894,108 +7886,50 @@
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.health.state.mn.us/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:health.managedcare@state.mn.us" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\steinm1\appdata\local\microsoft\office\MDH_Templates\Template%20Basic%20Document.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7FA6BFACD39447EBABAD993009CB8D62"/>
-[...56 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="1A394A824C3C4D5BBB4F46D8365B53D6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{34D38DFB-A4AC-4F24-B78C-8591ADF084AE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="003A6D3E" w:rsidRDefault="003A6D3E">
           <w:pPr>
             <w:pStyle w:val="1A394A824C3C4D5BBB4F46D8365B53D6"/>
           </w:pPr>
           <w:r w:rsidRPr="00425273">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
@@ -8095,50 +8029,79 @@
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{53482159-4399-4032-A66E-5A8878E098B3}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="003A6D3E" w:rsidRDefault="003A6D3E">
           <w:pPr>
             <w:pStyle w:val="F6BADB3453584818ACC3A1D5C1E6D728"/>
           </w:pPr>
           <w:r w:rsidRPr="00425273">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BF3DF8997B374A08BC2906D5524C1A5F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C941D1C9-E9FB-4C22-BFD6-21741D923E9B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003E0F68" w:rsidRDefault="003E0F68" w:rsidP="003E0F68">
+          <w:pPr>
+            <w:pStyle w:val="BF3DF8997B374A08BC2906D5524C1A5F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00425273">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -8195,51 +8158,54 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A6D3E"/>
+    <w:rsid w:val="00110297"/>
+    <w:rsid w:val="0034421E"/>
     <w:rsid w:val="003A6D3E"/>
+    <w:rsid w:val="003E0F68"/>
     <w:rsid w:val="006D0EAA"/>
     <w:rsid w:val="00903257"/>
     <w:rsid w:val="009D7C46"/>
     <w:rsid w:val="00A35F81"/>
     <w:rsid w:val="00A6676C"/>
     <w:rsid w:val="00D65EC3"/>
     <w:rsid w:val="00DC1DAE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -8658,74 +8624,80 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:rsid w:val="003E0F68"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7FA6BFACD39447EBABAD993009CB8D62">
-[...4 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1A394A824C3C4D5BBB4F46D8365B53D6">
     <w:name w:val="1A394A824C3C4D5BBB4F46D8365B53D6"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2D12181AA9D0403D93065FC3F11AFC27">
     <w:name w:val="2D12181AA9D0403D93065FC3F11AFC27"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="16DF5367D5764B868E8767DE6C7CB555">
     <w:name w:val="16DF5367D5764B868E8767DE6C7CB555"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A260B709AF6041EEABAED447AD83544D">
     <w:name w:val="A260B709AF6041EEABAED447AD83544D"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F6BADB3453584818ACC3A1D5C1E6D728">
     <w:name w:val="F6BADB3453584818ACC3A1D5C1E6D728"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BF3DF8997B374A08BC2906D5524C1A5F">
+    <w:name w:val="BF3DF8997B374A08BC2906D5524C1A5F"/>
+    <w:rsid w:val="003E0F68"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/_rels/theme1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Integral">
   <a:themeElements>
     <a:clrScheme name="MDH">
       <a:dk1>
         <a:srgbClr val="003865"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
@@ -8918,52 +8890,75 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Integral" id="{3577F8C9-A904-41D8-97D2-FD898F53F20E}" vid="{682D6EBE-8D36-4FF2-9DB3-F3D8D7B6715D}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004A723ADC01041943B51344A809069549" ma:contentTypeVersion="26" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b21929227d415617418fc6f7546aee4a">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="197dce87-66b0-4d13-ab68-c175b121ab85" xmlns:ns3="d7a0ad8a-c71d-4ce7-94c7-383a5f46deff" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8bd803e11e45f031ec316af5f2903b50" ns2:_="" ns3:_="">
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6">
+  <b:Source>
+    <b:Tag>Joh37</b:Tag>
+    <b:SourceType>Book</b:SourceType>
+    <b:Guid>{D5B2C56B-24A4-4208-9B6D-27D761A1D275}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:NameList>
+          <b:Person>
+            <b:Last>Steinbeck</b:Last>
+            <b:First>John</b:First>
+          </b:Person>
+        </b:NameList>
+      </b:Author>
+    </b:Author>
+    <b:Title>Of Mice and Men</b:Title>
+    <b:Year>1937</b:Year>
+    <b:RefOrder>1</b:RefOrder>
+  </b:Source>
+</b:Sources>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004A723ADC01041943B51344A809069549" ma:contentTypeVersion="26" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5add0ed1abbd04d30fe15de75b3c20e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="197dce87-66b0-4d13-ab68-c175b121ab85" xmlns:ns3="d7a0ad8a-c71d-4ce7-94c7-383a5f46deff" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6bf32e91cd21c8acfd6bfff03f097113" ns2:_="" ns3:_="">
     <xsd:import namespace="197dce87-66b0-4d13-ab68-c175b121ab85"/>
     <xsd:import namespace="d7a0ad8a-c71d-4ce7-94c7-383a5f46deff"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:AssignedTo" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:PlanYear" minOccurs="0"/>
                 <xsd:element ref="ns2:Category" minOccurs="0"/>
@@ -9267,191 +9262,159 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Proposaltitle xmlns="197dce87-66b0-4d13-ab68-c175b121ab85" xsi:nil="true"/>
     <Subcategory xmlns="197dce87-66b0-4d13-ab68-c175b121ab85" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="197dce87-66b0-4d13-ab68-c175b121ab85">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <PlanYear xmlns="197dce87-66b0-4d13-ab68-c175b121ab85">2026</PlanYear>
     <Category xmlns="197dce87-66b0-4d13-ab68-c175b121ab85" xsi:nil="true"/>
     <TaxCatchAll xmlns="d7a0ad8a-c71d-4ce7-94c7-383a5f46deff" xsi:nil="true"/>
     <Status xmlns="197dce87-66b0-4d13-ab68-c175b121ab85">Completed</Status>
     <AssignedTo xmlns="197dce87-66b0-4d13-ab68-c175b121ab85">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </AssignedTo>
     <TopicorFocusArea xmlns="197dce87-66b0-4d13-ab68-c175b121ab85" xsi:nil="true"/>
     <_x0055_RL2 xmlns="197dce87-66b0-4d13-ab68-c175b121ab85" xsi:nil="true"/>
     <DocTitle xmlns="197dce87-66b0-4d13-ab68-c175b121ab85" xsi:nil="true"/>
     <Comments xmlns="197dce87-66b0-4d13-ab68-c175b121ab85" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBE76BA7-CC69-447D-A903-465118798C4D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{646F4E88-E875-4D36-928F-E1BD78B01DF0}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57BF5A84-D146-4B84-B77D-38529A5E057B}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F23691E1-7C5E-4E08-B30E-D1D617321621}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{626E2921-4307-4585-9C52-2146A984A1D0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57BF5A84-D146-4B84-B77D-38529A5E057B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="d7a0ad8a-c71d-4ce7-94c7-383a5f46deff"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="197dce87-66b0-4d13-ab68-c175b121ab85"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{646F4E88-E875-4D36-928F-E1BD78B01DF0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{626E2921-4307-4585-9C52-2146A984A1D0}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{eb14b046-24c4-4519-8f26-b89c2159828c}" enabled="0" method="" siteId="{eb14b046-24c4-4519-8f26-b89c2159828c}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Template Basic Document</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>329</Words>
-  <Characters>1840</Characters>
+  <Words>311</Words>
+  <Characters>1873</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>61</Lines>
-  <Paragraphs>48</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2026 Network Adequacy Attestation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Minnesota</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2121</CharactersWithSpaces>
+  <CharactersWithSpaces>2180</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>2026 Network Adequacy Attestation</dc:title>
   <dc:subject>Minnesota Department of Health Requirements for Individual and Small Group Networks</dc:subject>
   <dc:creator>HEALTH.MCS@state.mn.us</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004A723ADC01041943B51344A809069549</vt:lpwstr>
   </property>